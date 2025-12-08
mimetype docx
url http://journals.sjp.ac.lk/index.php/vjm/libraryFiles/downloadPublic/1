--- v0 (2025-10-13)
+++ v1 (2025-12-08)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6F089802" w14:textId="0EBEC7EA" w:rsidR="00653BCF" w:rsidRPr="008E315C" w:rsidRDefault="00F55C29" w:rsidP="00653BCF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>JBRI</w:t>
       </w:r>
       <w:r w:rsidR="00653BCF" w:rsidRPr="008E315C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -1069,240 +1069,240 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D0979FF" w14:textId="77777777" w:rsidR="00653BCF" w:rsidRDefault="00653BCF" w:rsidP="00653BCF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="225"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>APA referencing style (Please refer the APA Reference Guideline)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4012D8FB" w14:textId="7A193F88" w:rsidR="00653BCF" w:rsidRPr="00475AA0" w:rsidRDefault="00000000" w:rsidP="00653BCF">
+    <w:p w14:paraId="4012D8FB" w14:textId="7A193F88" w:rsidR="00653BCF" w:rsidRPr="00475AA0" w:rsidRDefault="00653BCF" w:rsidP="00653BCF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="225"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00653BCF" w:rsidRPr="00D94C5F">
+        <w:r w:rsidRPr="00D94C5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Times New Roman"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://libguides.murdoch.edu.au/APA/home</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00653BCF">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00653BCF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4781F4A6" w14:textId="77777777" w:rsidR="006B668E" w:rsidRDefault="006B668E"/>
     <w:sectPr w:rsidR="006B668E" w:rsidSect="00D35345">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DEA791E" w14:textId="77777777" w:rsidR="00D35345" w:rsidRDefault="00D35345" w:rsidP="00653BCF">
+    <w:p w14:paraId="0BB07C1B" w14:textId="77777777" w:rsidR="00BF6F7E" w:rsidRDefault="00BF6F7E" w:rsidP="00653BCF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="340DD0BC" w14:textId="77777777" w:rsidR="00D35345" w:rsidRDefault="00D35345" w:rsidP="00653BCF">
+    <w:p w14:paraId="697F22DF" w14:textId="77777777" w:rsidR="00BF6F7E" w:rsidRDefault="00BF6F7E" w:rsidP="00653BCF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2E1ADF5D" w14:textId="33B82A0D" w:rsidR="00000000" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2E1ADF5D" w14:textId="33B82A0D" w:rsidR="0063424E" w:rsidRDefault="0063424E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="57F7C5E1" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+  <w:p w14:paraId="57F7C5E1" w14:textId="77777777" w:rsidR="0063424E" w:rsidRDefault="0063424E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="397A4EDC" w14:textId="77777777" w:rsidR="00D35345" w:rsidRDefault="00D35345" w:rsidP="00653BCF">
+    <w:p w14:paraId="0EA0441C" w14:textId="77777777" w:rsidR="00BF6F7E" w:rsidRDefault="00BF6F7E" w:rsidP="00653BCF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62D49F27" w14:textId="77777777" w:rsidR="00D35345" w:rsidRDefault="00D35345" w:rsidP="00653BCF">
+    <w:p w14:paraId="7B701110" w14:textId="77777777" w:rsidR="00BF6F7E" w:rsidRDefault="00BF6F7E" w:rsidP="00653BCF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55FC7C26"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BE8C7F64"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -1411,122 +1411,128 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="803498603">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2NTE1NbQ0MzIxN7c0sLRQ0lEKTi0uzszPAykwrAUAMtr8SSwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00653BCF"/>
     <w:rsid w:val="00015B15"/>
     <w:rsid w:val="00064C7A"/>
+    <w:rsid w:val="00091115"/>
     <w:rsid w:val="00267863"/>
     <w:rsid w:val="0037092C"/>
+    <w:rsid w:val="0063424E"/>
     <w:rsid w:val="00653BCF"/>
     <w:rsid w:val="006B668E"/>
+    <w:rsid w:val="008B1012"/>
     <w:rsid w:val="00921C6C"/>
     <w:rsid w:val="009E00C8"/>
+    <w:rsid w:val="00A165CE"/>
     <w:rsid w:val="00A44816"/>
     <w:rsid w:val="00B75494"/>
+    <w:rsid w:val="00BF6F7E"/>
     <w:rsid w:val="00CA2714"/>
     <w:rsid w:val="00D35345"/>
     <w:rsid w:val="00F36B96"/>
     <w:rsid w:val="00F55C29"/>
     <w:rsid w:val="00FB4528"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="34FC92B1"/>
   <w15:docId w15:val="{25FC6BE1-CE64-4256-A7B3-0A802DF35701}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2010,51 +2016,51 @@
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00653BCF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00653BCF"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="979648752">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libguides.murdoch.edu.au/APA/home" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2322,57 +2328,72 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>303</Words>
   <Characters>1733</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2032</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vilani Sachithra</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>